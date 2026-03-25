--- v0 (2025-10-17)
+++ v1 (2026-03-25)
@@ -1,83 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Direktion VBC\05_COE V\02_Kommunikation\Webseite\Relaunch Tantiemenseite\Inhalte Tantiemenwebsite\Weitere Themen\Gesetzliche Vergütungsansprüche (GVA)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\_Verteilungsunterlagen\Zuschlagsverteilungen\01.04.2026 GVA\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DD6081E-24F0-4032-91FE-360C27302A15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B17CD5BB-0F16-49CE-A941-061402EDAD90}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{E619553C-32C2-4A8F-A484-5BA3CDE07C31}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E619553C-32C2-4A8F-A484-5BA3CDE07C31}"/>
   </bookViews>
   <sheets>
-    <sheet name="2023" sheetId="1" r:id="rId1"/>
+    <sheet name="2024" sheetId="4" r:id="rId1"/>
+    <sheet name="2023" sheetId="1" r:id="rId2"/>
+    <sheet name="2022" sheetId="2" r:id="rId3"/>
+    <sheet name="2021" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="32">
+  <si>
+    <t>Zuschlagsverteilung gesetztliche Vergütungsansprüche</t>
+  </si>
   <si>
     <t>ZPÜ</t>
   </si>
   <si>
     <t>Sparte</t>
   </si>
   <si>
     <t>Phono VR</t>
   </si>
   <si>
     <t>FS/T FS</t>
   </si>
   <si>
     <t>FS VR/T FS VR</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>R VR</t>
   </si>
   <si>
     <t>GOP</t>
   </si>
   <si>
@@ -86,182 +95,203 @@
   <si>
     <t>MOD D</t>
   </si>
   <si>
     <t>MOD D VR</t>
   </si>
   <si>
     <t>MOD S</t>
   </si>
   <si>
     <t>MOD S VR</t>
   </si>
   <si>
     <t>VOD D</t>
   </si>
   <si>
     <t>VOD D VR</t>
   </si>
   <si>
     <t>VOD S</t>
   </si>
   <si>
     <t>VOD S VR</t>
   </si>
   <si>
+    <t>prozentuale Zuschlagssatz</t>
+  </si>
+  <si>
     <t>ZBT</t>
   </si>
   <si>
     <t>BT VR</t>
   </si>
   <si>
-    <t>Ausschüttung zum 01.04.2025 (Geschäftsjahr 2023)</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Zuschlagsprozentsätze für gesetzliche Vergütungsansprüche </t>
+    <t>außerordentliche Einnahmen</t>
+  </si>
+  <si>
+    <t>FS / TFS</t>
+  </si>
+  <si>
+    <t>FS VR / TFS VR</t>
+  </si>
+  <si>
+    <t>PHO VR</t>
+  </si>
+  <si>
+    <t>(inkl. Einnahmen ZVV, ZBT, UWI, weil gleiche Basissparten)</t>
+  </si>
+  <si>
+    <t>Geschäftsjahr 2023 - 01.04.2025</t>
+  </si>
+  <si>
+    <t>Geschäftsjahr 2022 - 01.04.2025</t>
+  </si>
+  <si>
+    <t>Geschäftsjahr 2021- 01.04.2025</t>
+  </si>
+  <si>
+    <t>Geschäftsjahr 2024 - 01.04.2026</t>
+  </si>
+  <si>
+    <t>MED</t>
+  </si>
+  <si>
+    <t>MED VR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0000%"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Prozent" xfId="1" builtinId="5"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -536,267 +566,715 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B80EDBE-E5C6-4F03-AF20-A9E363CA0EFA}">
+  <dimension ref="A1:C32"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
+      <selection activeCell="B24" sqref="B24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="17.85546875" customWidth="1"/>
+    <col min="2" max="2" width="24.85546875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" s="1">
+        <v>0.34528900000000001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="1">
+        <v>2.7370999999999999E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="1">
+        <v>5.1008999999999999E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="1">
+        <v>8.1923999999999997E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="1">
+        <v>0.18934400000000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1">
+        <v>2.3803999999999999E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1">
+        <v>9.3045000000000003E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1">
+        <v>0.22218499999999999</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1">
+        <v>0.26196900000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1">
+        <v>0.121459</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1">
+        <v>0.15367</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1">
+        <v>0.12787899999999999</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1">
+        <v>0.154003</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1">
+        <v>2.9836999999999999E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1">
+        <v>0.196413</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1">
+        <v>1.1492E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1">
+        <v>4.2319000000000002E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A30" s="5"/>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B32" s="1">
+        <v>0.121043</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EA10E10-36FC-4BC1-96C4-43BF39D6EA08}">
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:C29"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="17.42578125" customWidth="1"/>
+    <col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" s="1">
+        <v>0.36403329229999998</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="1">
+        <v>4.26488072E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="1">
+        <v>7.1448696899999997E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" s="1">
+        <v>5.3645276899999997E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="1">
+        <v>0.1766016731</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="1">
+        <v>0.1134568765</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="1">
+        <v>0.13723010529999999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" s="1">
+        <v>3.0144588900000002E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" s="1">
+        <v>3.5267205099999997E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B17" s="1">
+        <v>0.1110117957</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B18" s="1">
+        <v>0.1313813475</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="1">
+        <v>2.25747723E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" s="1">
+        <v>0.1437234432</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="1">
+        <v>9.7440952000000004E-3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" s="1">
+        <v>2.9247500900000001E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A27" s="5"/>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B29" s="1">
+        <v>7.1875365799999993E-2</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AED7530-3129-41BA-88E0-1B69DA0DD652}">
+  <dimension ref="A1:B16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" customWidth="1"/>
-    <col min="2" max="2" width="60.140625" customWidth="1"/>
+    <col min="1" max="1" width="13.85546875" customWidth="1"/>
+    <col min="2" max="2" width="24.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" s="3"/>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" s="1">
+        <v>4.7227900699999999E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="1">
+        <v>3.0563080999999998E-3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="1">
+        <v>4.4813657E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" s="1">
+        <v>4.4301593E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="1">
+        <v>1.1583350399999999E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="1">
+        <v>0.2370268857</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="1">
+        <v>0.2273195107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="1">
+        <v>4.8089596999999996E-3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="1">
+        <v>4.7038551999999999E-3</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B70CAF84-FFAB-48C6-BC79-D39A2A14FE82}">
+  <dimension ref="A1:B16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E14" sqref="E14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="15.85546875" customWidth="1"/>
+    <col min="2" max="2" width="24.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" s="3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:2" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="6">
+        <v>4.5729999999999998E-3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B1" s="7"/>
-[...59 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="B9" s="6">
+        <v>6.5110000000000003E-3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="6">
+        <v>0.159918</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="6">
+        <v>0.161324</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="6">
+        <v>5.4409999999999997E-3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="6">
+        <v>5.5789999999999998E-3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="6">
+        <v>5.5393999999999999E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="8">
-[...4 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B15" s="6">
+        <v>7.6400000000000001E-3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="8">
-[...101 lines deleted...]
-        <v>7.1875365799999993E-2</v>
+      <c r="B16" s="6">
+        <v>1.6910999999999999E-2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
+      <vt:lpstr>2022</vt:lpstr>
+      <vt:lpstr>2021</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andrea Tenner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_10126cee-d110-4637-8ca8-e898dd17865d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_10126cee-d110-4637-8ca8-e898dd17865d_SetDate">